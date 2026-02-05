--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -95,51 +95,51 @@
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Boulanger Jacques</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Cieslak Jidé</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Jalabert Bernard</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Nessakh Karim</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>