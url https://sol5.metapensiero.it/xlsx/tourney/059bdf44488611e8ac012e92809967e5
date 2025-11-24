--- v0 (2025-10-13)
+++ v1 (2025-11-24)
@@ -67,78 +67,78 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2017-18</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cadet Christian and Berthélémy Thierry</t>
   </si>
   <si>
     <t>D5afen2y Asifnhxi and K2afwsca S4mfugcy</t>
   </si>
   <si>
-    <t>Felizardo Renato and Fernandez Francisco</t>
+    <t>Felizardo Renato and Fernandes Francisco</t>
   </si>
   <si>
     <t>Hduf5l5q Snyeybnq and Dubus Roland</t>
   </si>
   <si>
     <t>Hnqhme5y Nsmfuz7i and Wuahgdby Keqfw34i</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Pidial Chandrakant and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann and Soudidier Olivier</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Jupiter Sattirabady</t>
   </si>
   <si>
-    <t>Sudath Alwis and Hettiyakandage Gladvin</t>
+    <t>Sudath Alwis and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>