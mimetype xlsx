--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -94,51 +94,51 @@
   <si>
     <t>Hduf5l5q Snyeybnq and Dubus Roland</t>
   </si>
   <si>
     <t>Hnqhme5y Nsmfuz7i and Wuahgdby Keqfw34i</t>
   </si>
   <si>
     <t>Labe Jean-Claude and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Pidial Chandrakant and Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann and Soudidier Olivier</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Jupiter Sattirabady</t>
   </si>
   <si>
-    <t>Sudath Alwis and Hettiyakandage Gladwin</t>
+    <t>W. De Alwis Sudath Priyashantha and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan and Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>