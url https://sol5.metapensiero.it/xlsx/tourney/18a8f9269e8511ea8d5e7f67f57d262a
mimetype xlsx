--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -46,72 +46,72 @@
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="46">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>French Championship 2020 online</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Stayat Home</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Paris Carrom Association</t>
+    <t>PCA (Paris)</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Corona Carrom 2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
@@ -136,51 +136,51 @@
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Dussaud Gilles</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Collard Steeve</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Berges Adrien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>