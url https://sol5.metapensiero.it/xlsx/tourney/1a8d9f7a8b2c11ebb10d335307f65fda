--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -176,51 +176,51 @@
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Hassan Mehedi</t>
   </si>
   <si>
     <t>Zucchiatti Elisa</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Thenahandi Sajith Kumara</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>