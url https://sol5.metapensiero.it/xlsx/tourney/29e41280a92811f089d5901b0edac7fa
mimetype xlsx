--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -67,87 +67,87 @@
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2025-26</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Dufour Florian and Keram Lucas</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
-    <t>Kugathas Selvarasha and Thanarajasingam Nishanta</t>
+    <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Rajadurai Alfred and Bascarane Dinesh</t>
   </si>
   <si>
     <t>Pantzos Athena and Bourigault Sandrine</t>
   </si>
   <si>
     <t>Sinha Rahul and Garjah Ariane</t>
   </si>
   <si>
-    <t>Venou Mouraly and Hettiyakandage Gladvin</t>
+    <t>Venou Mouraly and Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Palande Vinay and Oak Chinmay</t>
   </si>
   <si>
     <t>Pidial Stéphanie and Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann and Pidial Steven</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel and Cimetière Loïc</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Dubus Roland</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
-    <t>Toubert Remy and Labe Jean-Claude</t>
-[...2 lines deleted...]
-    <t>Suleman Malik and Sivasubramaniam Aswin</t>
+    <t>Toubert Rémy and Labe Jean-Claude</t>
+  </si>
+  <si>
+    <t>Suleman Nathoo Malik and Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Muthuraj Chiddharth and Palande Vishwam</t>
   </si>
   <si>
     <t>Babu Maghesh and Dangwal Sudhir Kumar</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>