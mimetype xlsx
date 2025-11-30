--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -35,51 +35,51 @@
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Tourney" sheetId="1" r:id="rId1"/>
     <sheet name="Competitors" sheetId="2" r:id="rId2"/>
     <sheet name="Turn 1" sheetId="3" r:id="rId3"/>
     <sheet name="Turn 2" sheetId="4" r:id="rId4"/>
     <sheet name="Turn 3" sheetId="5" r:id="rId5"/>
     <sheet name="Turn 4" sheetId="6" r:id="rId6"/>
     <sheet name="Turn 5" sheetId="7" r:id="rId7"/>
     <sheet name="Turn 6" sheetId="8" r:id="rId8"/>
     <sheet name="Turn 7" sheetId="9" r:id="rId9"/>
     <sheet name="Turn 8" sheetId="10" r:id="rId10"/>
     <sheet name="Ranking" sheetId="11" r:id="rId11"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="53">
   <si>
     <t>Tourney</t>
   </si>
   <si>
-    <t>Tournoi pole simple Seyssinet pariset</t>
+    <t>Seyssinet Pariset Simple</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Seyssinet Pariset</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Simple 2025-26</t>
   </si>
   <si>
     <t>#</t>
   </si>
@@ -110,51 +110,51 @@
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Dusausoit Lise</t>
   </si>
   <si>
     <t>Dusausoit Thierry</t>
   </si>
   <si>
     <t>Sheick Hatim</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Thiers Stéphan</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>