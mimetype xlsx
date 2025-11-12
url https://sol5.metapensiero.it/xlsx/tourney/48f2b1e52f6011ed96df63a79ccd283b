--- v0 (2025-10-13)
+++ v1 (2025-11-12)
@@ -194,51 +194,51 @@
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Komaravelli Srinivas</t>
   </si>
   <si>
     <t>Saikumar Apoorwa</t>
   </si>
   <si>
     <t>Iqbal Mantasha</t>
   </si>
   <si>
     <t>Kathavarayan Nagajothi</t>
   </si>
   <si>
     <t>Baskar Mithra Vijaya</t>
   </si>
   <si>
     <t>Gufran Mohammed</t>
   </si>
   <si>
     <t>Pasha Zaheer</t>
   </si>
   <si>
-    <t>Dattatray Tripankar Abhijit</t>
+    <t>Tripankar Abhijeet</t>
   </si>
   <si>
     <t>Dutta Jugal Kishor</t>
   </si>
   <si>
     <t>Najeeb P V Abdul</t>
   </si>
   <si>
     <t>Arora Ajay</t>
   </si>
   <si>
     <t>Jose Shibu</t>
   </si>
   <si>
     <t>Munagala Umamaheswari</t>
   </si>
   <si>
     <t>Balasubramanyam Murali</t>
   </si>
   <si>
     <t>Pandit Parag</t>
   </si>
   <si>
     <t>Duduka Tejasvi</t>
   </si>