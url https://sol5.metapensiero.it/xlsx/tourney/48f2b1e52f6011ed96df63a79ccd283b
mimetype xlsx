--- v1 (2025-11-12)
+++ v2 (2025-12-24)
@@ -194,51 +194,51 @@
   <si>
     <t>Kumari Rashmi</t>
   </si>
   <si>
     <t>Komaravelli Srinivas</t>
   </si>
   <si>
     <t>Saikumar Apoorwa</t>
   </si>
   <si>
     <t>Iqbal Mantasha</t>
   </si>
   <si>
     <t>Kathavarayan Nagajothi</t>
   </si>
   <si>
     <t>Baskar Mithra Vijaya</t>
   </si>
   <si>
     <t>Gufran Mohammed</t>
   </si>
   <si>
     <t>Pasha Zaheer</t>
   </si>
   <si>
-    <t>Tripankar Abhijeet</t>
+    <t>Tripankar Abhijit</t>
   </si>
   <si>
     <t>Dutta Jugal Kishor</t>
   </si>
   <si>
     <t>Najeeb P V Abdul</t>
   </si>
   <si>
     <t>Arora Ajay</t>
   </si>
   <si>
     <t>Jose Shibu</t>
   </si>
   <si>
     <t>Munagala Umamaheswari</t>
   </si>
   <si>
     <t>Balasubramanyam Murali</t>
   </si>
   <si>
     <t>Pandit Parag</t>
   </si>
   <si>
     <t>Duduka Tejasvi</t>
   </si>