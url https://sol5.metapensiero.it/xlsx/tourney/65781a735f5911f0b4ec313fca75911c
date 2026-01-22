--- v0 (2025-10-13)
+++ v1 (2026-01-22)
@@ -385,51 +385,51 @@
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Olivier Yoann</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
@@ -481,51 +481,51 @@
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Sieger Kevin</t>
   </si>
   <si>
     <t>Chavda Natvarsingh</t>
   </si>
   <si>
     <t>Formánek Aleš</t>
   </si>
   <si>
     <t>Kumar Alok</t>
   </si>
   <si>
     <t>Radenovic Nebojsa</t>
   </si>
   <si>
     <t>Stucchi Stefano</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>