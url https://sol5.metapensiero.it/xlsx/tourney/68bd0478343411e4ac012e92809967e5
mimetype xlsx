--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -99,93 +99,93 @@
   <si>
     <t>Aoyfbtwa Vfugdmgy</t>
   </si>
   <si>
     <t>Abuf4z4y Rdegjwia</t>
   </si>
   <si>
     <t>A4uef3ja Mriflhyi</t>
   </si>
   <si>
     <t>Acee7xka Rmqfh3wi</t>
   </si>
   <si>
     <t>Aqme53ny Mfifut5y</t>
   </si>
   <si>
     <t>Bae Doh Hun “루팡”</t>
   </si>
   <si>
     <t>Balasubramanyam Murali</t>
   </si>
   <si>
     <t>Baumgartner Peter</t>
   </si>
   <si>
-    <t>B5me4tsa Atmesbpi</t>
+    <t>Bhave Atul</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Cuyfb5yi Ayufgzzi</t>
   </si>
   <si>
     <t>Ckafl5wa Cgefhpva</t>
   </si>
   <si>
     <t>Dhefi7vq Ftifn3za</t>
   </si>
   <si>
     <t>Dubois Pierre</t>
   </si>
   <si>
     <t>Eder Steffen</t>
   </si>
   <si>
     <t>Fainaz Aishath</t>
   </si>
   <si>
     <t>Fhqfixva Mcyfsv5q</t>
   </si>
   <si>
     <t>Fehr Frank</t>
   </si>
   <si>
     <t>Fuaf2ecq Lcyfnlti</t>
   </si>
   <si>
     <t>Fernando Nishantha</t>
   </si>
   <si>
     <t>Gaefwp4a Mmafzd7y</t>
   </si>
   <si>
     <t>Gkyfqaay S7qfgj5a</t>
   </si>
   <si>
-    <t>Hjifibuy Aiyfpduq</t>
+    <t>Hamid Ahmed</t>
   </si>
   <si>
     <t>Hemaet Molla Mohammad</t>
   </si>
   <si>
     <t>Hn4ffnvq Mwyexdpi</t>
   </si>
   <si>
     <t>Hilmy Mohamed Shaheed</t>
   </si>
   <si>
     <t>Itee6bpa Anqffxwy</t>
   </si>
   <si>
     <t>Islam Nazrul</t>
   </si>
   <si>
     <t>Iaiff7sy Tpyfijxi</t>
   </si>
   <si>
     <t>Jmyfx2ba Pu4fppzi</t>
   </si>
   <si>
     <t>Joseph Roshita</t>
   </si>