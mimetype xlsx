--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -164,51 +164,51 @@
   <si>
     <t>Hürlimann Lorenzo</t>
   </si>
   <si>
     <t>Schneider Paul</t>
   </si>
   <si>
     <t>Grabrucker Roman</t>
   </si>
   <si>
     <t>Bollin Carlito</t>
   </si>
   <si>
     <t>Schmitz Volkmar</t>
   </si>
   <si>
     <t>Hantschel Joey</t>
   </si>
   <si>
     <t>Humbert Nick</t>
   </si>
   <si>
     <t>Babu Maghesh</t>
   </si>
   <si>
-    <t>Misbah Uddin Syed</t>
+    <t>Syed Misbahuddin</t>
   </si>
   <si>
     <t>Besser Stefan</t>
   </si>
   <si>
     <t>Ademmer Anjo</t>
   </si>
   <si>
     <t>Kulkarni Yogesh</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>