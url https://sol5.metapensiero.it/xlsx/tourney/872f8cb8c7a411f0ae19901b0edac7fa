--- v0 (2025-11-23)
+++ v1 (2026-01-09)
@@ -43,51 +43,51 @@
     <sheet name="Turn 6" sheetId="8" r:id="rId8"/>
     <sheet name="Ranking" sheetId="9" r:id="rId9"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="43">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>MMK Singles</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
-    <t>Marathi Mandal Kent</t>
+    <t>Orpington Carrom Club</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Singles Tournament 2025</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Bhalerao Mangal</t>
   </si>
   <si>
     <t>Kumar Ish</t>
   </si>
   <si>
     <t>Bhide Sunil</t>
   </si>
   <si>
     <t>Chavda Natvarsingh</t>
   </si>