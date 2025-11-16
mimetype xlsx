--- v0 (2025-10-13)
+++ v1 (2025-11-16)
@@ -86,57 +86,57 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Btegkwma Kqqgleli</t>
   </si>
   <si>
     <t>Btegoglq Vbifyj3q</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>D5afen2y Asifnhxi</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Jupiter Sattirabady</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>