--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -89,51 +89,51 @@
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Bourigault Sandrine</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
-    <t>Thanarajasingam Nishanta</t>
+    <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Bascarane Dinesh</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Soreau Nicolas</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Sinha Rahul</t>
   </si>
   <si>
     <t>Maliverney Titouan</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
@@ -146,63 +146,63 @@
   <si>
     <t>Pidial Steven</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Fernandez Francisco</t>
   </si>
   <si>
     <t>Cimetière Loïc</t>
   </si>
   <si>
     <t>Bocciarelli Emmanuel</t>
   </si>
   <si>
     <t>Sivasubramaniam Aswin</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
-[...2 lines deleted...]
-    <t>Suleman Malik</t>
+    <t>Toubert Rémy</t>
+  </si>
+  <si>
+    <t>Suleman Nathoo Malik</t>
   </si>
   <si>
     <t>Muthuraj Chiddharth</t>
   </si>
   <si>
     <t>Palande Vishwam</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>