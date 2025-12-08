--- v0 (2025-11-16)
+++ v1 (2025-12-08)
@@ -708,51 +708,51 @@
       </c>
       <c r="C4">
         <v>12</v>
       </c>
       <c r="D4">
         <v>56</v>
       </c>
       <c r="E4">
         <v>74</v>
       </c>
       <c r="F4">
         <v>900</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>21</v>
       </c>
       <c r="C5">
         <v>11</v>
       </c>
       <c r="D5">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E5">
         <v>66</v>
       </c>
       <c r="F5">
         <v>800</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>64</v>
       </c>
       <c r="E6">
         <v>51</v>
       </c>
       <c r="F6">
@@ -762,97 +762,97 @@
     <row r="7" spans="1:6">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7">
         <v>10</v>
       </c>
       <c r="D7">
         <v>62</v>
       </c>
       <c r="E7">
         <v>52</v>
       </c>
       <c r="F7">
         <v>700</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C8">
         <v>10</v>
       </c>
       <c r="D8">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E8">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="F8">
         <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="C9">
         <v>10</v>
       </c>
       <c r="D9">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E9">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="F9">
         <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10">
         <v>10</v>
       </c>
       <c r="D10">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E10">
         <v>39</v>
       </c>
       <c r="F10">
         <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>17</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11">
         <v>50</v>
       </c>
       <c r="E11">
         <v>52</v>
       </c>
       <c r="F11">
@@ -882,140 +882,140 @@
     <row r="13" spans="1:6">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13">
         <v>8</v>
       </c>
       <c r="D13">
         <v>62</v>
       </c>
       <c r="E13">
         <v>39</v>
       </c>
       <c r="F13">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C14">
         <v>8</v>
       </c>
       <c r="D14">
         <v>57</v>
       </c>
       <c r="E14">
-        <v>-3</v>
+        <v>6</v>
       </c>
       <c r="F14">
         <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C15">
         <v>8</v>
       </c>
       <c r="D15">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E15">
-        <v>41</v>
+        <v>-3</v>
       </c>
       <c r="F15">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C16">
         <v>8</v>
       </c>
       <c r="D16">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E16">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F16">
         <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17">
         <v>55</v>
       </c>
       <c r="E17">
         <v>19</v>
       </c>
       <c r="F17">
         <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C18">
         <v>8</v>
       </c>
       <c r="D18">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E18">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F18">
         <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>20</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19">
         <v>52</v>
       </c>
       <c r="E19">
         <v>43</v>
       </c>
       <c r="F19">
         <v>250</v>
       </c>
     </row>
@@ -1042,360 +1042,360 @@
     <row r="21" spans="1:6">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21">
         <v>8</v>
       </c>
       <c r="D21">
         <v>50</v>
       </c>
       <c r="E21">
         <v>38</v>
       </c>
       <c r="F21">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="C22">
         <v>8</v>
       </c>
       <c r="D22">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E22">
-        <v>-5</v>
+        <v>1</v>
       </c>
       <c r="F22">
         <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C23">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D23">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E23">
-        <v>-9</v>
+        <v>-5</v>
       </c>
       <c r="F23">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>46</v>
       </c>
       <c r="C24">
         <v>6</v>
       </c>
       <c r="D24">
         <v>57</v>
       </c>
       <c r="E24">
         <v>5</v>
       </c>
       <c r="F24">
         <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>42</v>
       </c>
       <c r="C25">
         <v>6</v>
       </c>
       <c r="D25">
         <v>55</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="C26">
         <v>6</v>
       </c>
       <c r="D26">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E26">
-        <v>-31</v>
+        <v>-18</v>
       </c>
       <c r="F26">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C27">
         <v>6</v>
       </c>
       <c r="D27">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E27">
-        <v>-18</v>
+        <v>26</v>
       </c>
       <c r="F27">
         <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C28">
         <v>6</v>
       </c>
       <c r="D28">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E28">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="F28">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29">
         <v>44</v>
       </c>
       <c r="E29">
-        <v>5</v>
+        <v>-19</v>
       </c>
       <c r="F29">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C30">
         <v>6</v>
       </c>
       <c r="D30">
         <v>44</v>
       </c>
       <c r="E30">
-        <v>-19</v>
+        <v>-50</v>
       </c>
       <c r="F30">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E31">
-        <v>-50</v>
+        <v>-44</v>
       </c>
       <c r="F31">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C32">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D32">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E32">
-        <v>-44</v>
+        <v>-41</v>
       </c>
       <c r="F32">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33">
         <v>5</v>
       </c>
       <c r="D33">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E33">
         <v>-33</v>
       </c>
       <c r="F33">
         <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>35</v>
       </c>
       <c r="C34">
         <v>4</v>
       </c>
       <c r="D34">
         <v>60</v>
       </c>
       <c r="E34">
         <v>-45</v>
       </c>
       <c r="F34">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35">
         <v>4</v>
       </c>
       <c r="D35">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E35">
         <v>-30</v>
       </c>
       <c r="F35">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="C36">
         <v>4</v>
       </c>
       <c r="D36">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E36">
-        <v>-82</v>
+        <v>-64</v>
       </c>
       <c r="F36">
         <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="C37">
         <v>4</v>
       </c>
       <c r="D37">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E37">
-        <v>-64</v>
+        <v>-82</v>
       </c>
       <c r="F37">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>47</v>
       </c>
       <c r="C38">
         <v>4</v>
       </c>
       <c r="D38">
         <v>36</v>
       </c>
       <c r="E38">
         <v>-97</v>
       </c>
       <c r="F38">
         <v>20</v>
       </c>
     </row>
@@ -3524,54 +3524,54 @@
       </c>
       <c r="B14" t="s">
         <v>25</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14">
         <v>23</v>
       </c>
       <c r="E14">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>12</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15">
+        <v>21</v>
+      </c>
+      <c r="E15">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16">
         <v>25</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>