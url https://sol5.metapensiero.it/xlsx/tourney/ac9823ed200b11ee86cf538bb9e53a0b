--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -107,60 +107,60 @@
   <si>
     <t>Narkar Chandan and Pangare Prashant</t>
   </si>
   <si>
     <t>Islam Rahat and Islam Nazrul</t>
   </si>
   <si>
     <t>D'Souza Andrew and Naznin Fawha</t>
   </si>
   <si>
     <t>Kubíček Ondřej and Novotná Magdalena</t>
   </si>
   <si>
     <t>Deshpande Swapnil and Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
     <t>Pšeničnik Lea and Šalamun Tadej “Tedy”</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper and Nowakowski Jakub</t>
   </si>
   <si>
     <t>Hink Piotr and Gajda Pawel</t>
   </si>
   <si>
-    <t>Olivier Yoann and Thanarajasingam Nishanta</t>
+    <t>Olivier Yoann and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Chatelain Mathieu</t>
   </si>
   <si>
     <t>Pidial Yoann and Girault Patrice</t>
   </si>
   <si>
-    <t>Lerouge Benoit and Fernandez Francisco</t>
+    <t>Lerouge Benoit and Fernandes Francisco</t>
   </si>
   <si>
     <t>Baumann Stefan and Gies Oliver</t>
   </si>
   <si>
     <t>Humbert Nick and Schneider Paul</t>
   </si>
   <si>
     <t>Schneider Armin and Hurtig Andreas</t>
   </si>
   <si>
     <t>Wegener Bernd and Wegener Christoph</t>
   </si>
   <si>
     <t>Wendker Christian and Sander Bernhard</t>
   </si>
   <si>
     <t>Kariyawasam David and Welikumbura Wasantha</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth and Thenahandi Sajith Kumara</t>
   </si>
   <si>
     <t>Martinelli Paolo and Zucchiatti Elisa</t>
   </si>