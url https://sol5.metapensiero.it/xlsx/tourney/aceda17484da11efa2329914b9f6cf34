--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -86,51 +86,51 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Baissat Daniel</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
     <t>Dugué Nadège</t>
   </si>
   <si>
     <t>Dusausoit Lise</t>
   </si>
   <si>
     <t>Dusausoit Thierry</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Gourin Christelle</t>
   </si>
   <si>
     <t>Gourin Rémy</t>
   </si>
   <si>
     <t>Keram Lucas</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Messeant Eric</t>
   </si>
   <si>
     <t>Morin Chrystelle</t>
   </si>
   <si>
     <t>Madduma A. - Morin Max</t>
   </si>
@@ -167,51 +167,51 @@
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz”</t>
   </si>
   <si>
     <t>Dhugb2gi Ltqe6nna</t>
   </si>
   <si>
     <t>Dussaud Gilles</t>
   </si>
   <si>
     <t>Mom Dodo</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Cabal Sébastien</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>