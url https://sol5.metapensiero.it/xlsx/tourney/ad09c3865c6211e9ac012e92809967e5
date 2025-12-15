--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -81,51 +81,51 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Barthdeepan Kanagarajah</t>
   </si>
   <si>
     <t>Barthdeepan Vijitha</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Dubus Roland</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>