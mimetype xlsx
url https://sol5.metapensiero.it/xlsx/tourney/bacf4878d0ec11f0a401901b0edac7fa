--- v0 (2025-12-06)
+++ v1 (2026-01-02)
@@ -30,51 +30,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Tourney" sheetId="1" r:id="rId1"/>
     <sheet name="Competitors" sheetId="2" r:id="rId2"/>
     <sheet name="Turn 1" sheetId="3" r:id="rId3"/>
     <sheet name="Turn 2" sheetId="4" r:id="rId4"/>
     <sheet name="Turn 3" sheetId="5" r:id="rId5"/>
     <sheet name="Turn 4" sheetId="6" r:id="rId6"/>
     <sheet name="Turn 5" sheetId="7" r:id="rId7"/>
     <sheet name="Turn 6" sheetId="8" r:id="rId8"/>
     <sheet name="Turn 7" sheetId="9" r:id="rId9"/>
     <sheet name="Turn 8" sheetId="10" r:id="rId10"/>
     <sheet name="Ranking" sheetId="11" r:id="rId11"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="37">
   <si>
     <t>Tourney</t>
   </si>
   <si>
     <t>2. MSP-Turnier</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Altes Schulhaus, Schlieren</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Swiss Carrom Association</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
@@ -138,50 +138,53 @@
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Bucholz</t>
   </si>
   <si>
     <t>Score</t>
+  </si>
+  <si>
+    <t>Prize</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d mmmm yyyy"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -592,344 +595,392 @@
       </c>
       <c r="B1" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>28</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>29</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E17"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
-    <col min="3" max="5" width="8.7109375" customWidth="1"/>
+    <col min="3" max="6" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:6">
       <c r="A1" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>35</v>
       </c>
-    </row>
-    <row r="3" spans="1:5">
+      <c r="F1" s="4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3">
         <v>12</v>
       </c>
       <c r="D3">
         <v>61</v>
       </c>
       <c r="E3">
         <v>87</v>
       </c>
-    </row>
-    <row r="4" spans="1:5">
+      <c r="F3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4">
         <v>10</v>
       </c>
       <c r="D4">
         <v>62</v>
       </c>
       <c r="E4">
         <v>54</v>
       </c>
-    </row>
-    <row r="5" spans="1:5">
+      <c r="F4">
+        <v>92.93</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5">
         <v>10</v>
       </c>
       <c r="D5">
         <v>60</v>
       </c>
       <c r="E5">
         <v>44</v>
       </c>
-    </row>
-    <row r="6" spans="1:5">
+      <c r="F5">
+        <v>85.85</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>59</v>
       </c>
       <c r="E6">
         <v>88</v>
       </c>
-    </row>
-    <row r="7" spans="1:5">
+      <c r="F6">
+        <v>78.79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7">
         <v>8</v>
       </c>
       <c r="D7">
         <v>61</v>
       </c>
       <c r="E7">
         <v>19</v>
       </c>
-    </row>
-    <row r="8" spans="1:5">
+      <c r="F7">
+        <v>71.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8">
         <v>8</v>
       </c>
       <c r="D8">
         <v>58</v>
       </c>
       <c r="E8">
         <v>22</v>
       </c>
-    </row>
-    <row r="9" spans="1:5">
+      <c r="F8">
+        <v>64.64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9">
         <v>52</v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
-    </row>
-    <row r="10" spans="1:5">
+      <c r="F9">
+        <v>57.57</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10">
         <v>45</v>
       </c>
       <c r="E10">
         <v>29</v>
       </c>
-    </row>
-    <row r="11" spans="1:5">
+      <c r="F10">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11">
         <v>47</v>
       </c>
       <c r="E11">
         <v>11</v>
       </c>
-    </row>
-    <row r="12" spans="1:5">
+      <c r="F11">
+        <v>43.42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12">
         <v>7</v>
       </c>
       <c r="D12">
         <v>45</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
-    </row>
-    <row r="13" spans="1:5">
+      <c r="F12">
+        <v>36.35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13">
         <v>6</v>
       </c>
       <c r="D13">
         <v>37</v>
       </c>
       <c r="E13">
         <v>2</v>
       </c>
-    </row>
-    <row r="14" spans="1:5">
+      <c r="F13">
+        <v>29.28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14">
         <v>6</v>
       </c>
       <c r="D14">
         <v>37</v>
       </c>
       <c r="E14">
         <v>-37</v>
       </c>
-    </row>
-    <row r="15" spans="1:5">
+      <c r="F14">
+        <v>22.21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15">
         <v>44</v>
       </c>
       <c r="E15">
         <v>-42</v>
       </c>
-    </row>
-    <row r="16" spans="1:5">
+      <c r="F15">
+        <v>15.14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16">
         <v>40</v>
       </c>
       <c r="E16">
         <v>-44</v>
       </c>
-    </row>
-    <row r="17" spans="1:5">
+      <c r="F16">
+        <v>8.07</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17">
         <v>4</v>
       </c>
       <c r="D17">
         <v>38</v>
       </c>
       <c r="E17">
         <v>-51</v>
+      </c>
+      <c r="F17">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>10</v>