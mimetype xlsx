--- v0 (2025-10-13)
+++ v1 (2025-11-20)
@@ -130,69 +130,69 @@
   <si>
     <t>Deshpande Swapnil and Vethanayagam Antonio Sylvester</t>
   </si>
   <si>
     <t>Dewangso Rafi and Van Eerd Jonathan</t>
   </si>
   <si>
     <t>Dix Raphel and Sekar Sugumar</t>
   </si>
   <si>
     <t>Dubois Pierre and Venou Mouraly</t>
   </si>
   <si>
     <t>Eder Steffen and Rosin Kristian</t>
   </si>
   <si>
     <t>Eigenmann Stefan and Kxufn32i Brmeznoq</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
     <t>Fehr Frank and Holtmann Sebastian</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Pereira Fabian</t>
+    <t>Fernandes Francisco and Pereira Fabian</t>
   </si>
   <si>
     <t>Fernando Anuradha and Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Frauenrath Ingo and Kracht Andreas</t>
   </si>
   <si>
     <t>Girault Patrice and Toubert Olivier</t>
   </si>
   <si>
     <t>Hardt Rainer and Humbert Nick</t>
   </si>
   <si>
     <t>Hassan Mehedi and Russo Christian</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and Wannuka Fernando Anjula</t>
+    <t>Hettiyakandage Gladwin and Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Hurtig Andreas and Kriegler Pablo</t>
   </si>
   <si>
     <t>Islam Rahat and Kq4evzoq Anign4lq</t>
   </si>
   <si>
     <t>Janßen Thomas and Schneider Paul</t>
   </si>
   <si>
     <t>Kaiser Ronny and Schnoor Bodo</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Rajadurai Alfred</t>
   </si>
   <si>
     <t>Kumar Ish and Mrye53oq Szmfir2i</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Mirisage Tharangaa and Neleththi Wipul Priyantha</t>
   </si>