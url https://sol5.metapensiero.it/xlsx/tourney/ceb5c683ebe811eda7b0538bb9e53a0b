--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -80,51 +80,51 @@
   <si>
     <t>Championnat de France de Simple 2022-23</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Abdul Wahab Saheb Mohamed Feroz “Feroz”</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dufour Natanaël</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Lomba Pierre-Henri</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Poisson Stéphane</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>