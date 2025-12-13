--- v0 (2025-10-13)
+++ v1 (2025-12-13)
@@ -80,54 +80,54 @@
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
-[...2 lines deleted...]
-    <t>Hettiyakandage Gladvin</t>
+    <t>Fernandes Francisco</t>
+  </si>
+  <si>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Hubert Eric</t>
   </si>
   <si>
     <t>Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Mothe Norbert</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>