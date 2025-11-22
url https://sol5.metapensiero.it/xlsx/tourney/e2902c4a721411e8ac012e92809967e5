--- v0 (2025-10-14)
+++ v1 (2025-11-22)
@@ -119,75 +119,75 @@
   <si>
     <t>Cartolano Luigi “gigi” and Gamlath Wasantha</t>
   </si>
   <si>
     <t>Ciannarella Franck and Dumas Patrice</t>
   </si>
   <si>
     <t>Da Fatti Daniele and Tomasi Fabio</t>
   </si>
   <si>
     <t>Dbmf7t4a Dfufcdua and Lefebvre Clément</t>
   </si>
   <si>
     <t>Dewangso Rafi and Itee6bpa Anqffxwy</t>
   </si>
   <si>
     <t>Dix Raphel and Gaufsf5i Ji4fnpvy</t>
   </si>
   <si>
     <t>Eder Steffen and Fehr Frank</t>
   </si>
   <si>
     <t>Faller Hans and Steiner Armin</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Pereira Fabian</t>
+    <t>Fernandes Francisco and Pereira Fabian</t>
   </si>
   <si>
     <t>Fernando Anuradha and Ubhayathunga Amitha</t>
   </si>
   <si>
     <t>Fernando Saman Priyantha and Welikumbura Wasantha</t>
   </si>
   <si>
     <t>Garjah Ariane and Pantzos Athena</t>
   </si>
   <si>
     <t>Gomes Harvey and Hussain Mukith</t>
   </si>
   <si>
     <t>Grzegorczuk Kacper and Iwańska Magdalena</t>
   </si>
   <si>
     <t>Hapuarachchige Dineth and Perera Thushara</t>
   </si>
   <si>
     <t>Hassan Mehedi and Khan Abdul</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Islam Rahat and Karekar Sandesh</t>
   </si>
   <si>
     <t>Janßen Thomas and Schneider Paul</t>
   </si>
   <si>
     <t>Jupiter Sattirabady and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Kaiser Ronny and Sander Bernhard</t>
   </si>
   <si>
     <t>Kxufn32i Brmeznoq and Scherrer Kurt</t>
   </si>
   <si>
     <t>Le Liard Frédéric and Lerouge Benoit</t>
   </si>
   <si>
     <t>Lerouge Victor and Munaron Dominique</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>