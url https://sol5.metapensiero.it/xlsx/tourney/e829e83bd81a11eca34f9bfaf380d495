--- v0 (2025-10-13)
+++ v1 (2025-11-19)
@@ -80,99 +80,99 @@
   <si>
     <t>Championnat de France de Simple 2021-22</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Berthélémy Thierry</t>
   </si>
   <si>
     <t>Cieslak Jidé</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Felizardo Renato</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Garjah Ariane</t>
   </si>
   <si>
     <t>Cadet Christian</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
-    <t>Hettiyakandage Gladvin</t>
+    <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Palande Vinay</t>
   </si>
   <si>
     <t>Pantzos Athena</t>
   </si>
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred</t>
   </si>
   <si>
     <t>Rayar Gérard</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
     <t>Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Oak Chinmay</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
-    <t>Toubert Remy</t>
+    <t>Toubert Rémy</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Mothe Christian</t>
   </si>
   <si>
     <t>Lusardi Frédéric</t>
   </si>
   <si>
     <t>Labe Jean-Claude</t>
   </si>
   <si>
     <t>Board</t>
   </si>