--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -31,51 +31,51 @@
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Tourney" sheetId="1" r:id="rId1"/>
     <sheet name="Competitors" sheetId="2" r:id="rId2"/>
     <sheet name="Turn 1" sheetId="3" r:id="rId3"/>
     <sheet name="Turn 2" sheetId="4" r:id="rId4"/>
     <sheet name="Turn 3" sheetId="5" r:id="rId5"/>
     <sheet name="Turn 4" sheetId="6" r:id="rId6"/>
     <sheet name="Turn 5" sheetId="7" r:id="rId7"/>
     <sheet name="Turn 6" sheetId="8" r:id="rId8"/>
     <sheet name="Ranking" sheetId="9" r:id="rId9"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="33">
   <si>
     <t>Tourney</t>
   </si>
   <si>
-    <t>Tournoi Pole double Seyssinet pariset</t>
+    <t>Seyssinet Pariset Double</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Seyssinet pariset</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de France de Double 2025-26</t>
   </si>
   <si>
     <t>#</t>
   </si>