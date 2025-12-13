--- v1 (2025-11-03)
+++ v2 (2025-12-13)
@@ -98,51 +98,51 @@
   <si>
     <t>Cano Lucien</t>
   </si>
   <si>
     <t>Cano Stéphane</t>
   </si>
   <si>
     <t>Chatelain Mathieu</t>
   </si>
   <si>
     <t>Cieply Jeremy</t>
   </si>
   <si>
     <t>Dufour Florian</t>
   </si>
   <si>
     <t>Dumas Patrice</t>
   </si>
   <si>
     <t>Dumas Sylvie</t>
   </si>
   <si>
     <t>Fabre Luc</t>
   </si>
   <si>
-    <t>Fernandez Francisco</t>
+    <t>Fernandes Francisco</t>
   </si>
   <si>
     <t>Gerbaut Patrick</t>
   </si>
   <si>
     <t>Girault Patrice</t>
   </si>
   <si>
     <t>Hettiyakandage Gladwin</t>
   </si>
   <si>
     <t>Kugathas Selvarasha</t>
   </si>
   <si>
     <t>Labussiere Martin</t>
   </si>
   <si>
     <t>Le Corre Clervie</t>
   </si>
   <si>
     <t>Le Liard Frédéric</t>
   </si>
   <si>
     <t>L5yfcx3i Nfefnbtq</t>
   </si>