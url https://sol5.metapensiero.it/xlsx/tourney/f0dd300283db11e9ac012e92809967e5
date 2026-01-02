--- v2 (2025-12-13)
+++ v3 (2026-01-02)
@@ -170,51 +170,51 @@
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>Sudath Alwis</t>
+    <t>W. De Alwiss Sudath Priyashantha</t>
   </si>
   <si>
     <t>Toto Michel</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Znufsz6i Iqqfkfvq</t>
   </si>