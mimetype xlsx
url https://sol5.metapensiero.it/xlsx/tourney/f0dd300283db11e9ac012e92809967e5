--- v3 (2026-01-02)
+++ v4 (2026-01-22)
@@ -170,51 +170,51 @@
   <si>
     <t>Pereira Fabian</t>
   </si>
   <si>
     <t>Pidial Chandrakant</t>
   </si>
   <si>
     <t>Pidial Laetitia</t>
   </si>
   <si>
     <t>Pidial Stéphanie</t>
   </si>
   <si>
     <t>Pidial Yoann</t>
   </si>
   <si>
     <t>Roumegous Florence</t>
   </si>
   <si>
     <t>Sieger Alain</t>
   </si>
   <si>
     <t>Soudidier Olivier</t>
   </si>
   <si>
-    <t>W. De Alwiss Sudath Priyashantha</t>
+    <t>W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Toto Michel</t>
   </si>
   <si>
     <t>Toubert Olivier</t>
   </si>
   <si>
     <t>Tworek Frédéric</t>
   </si>
   <si>
     <t>Venou Mouraly</t>
   </si>
   <si>
     <t>Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula</t>
   </si>
   <si>
     <t>Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Znufsz6i Iqqfkfvq</t>
   </si>