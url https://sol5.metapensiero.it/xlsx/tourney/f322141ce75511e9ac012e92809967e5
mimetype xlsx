--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -70,75 +70,75 @@
   <si>
     <t>French Carrom Federation</t>
   </si>
   <si>
     <t>Championship</t>
   </si>
   <si>
     <t>Championnat de france de double 2019-2020</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Akyg2cti Myqfk5za and T64f3kfa Iyefe3za</t>
   </si>
   <si>
     <t>Berthélémy Thierry and Pidial Chandrakant</t>
   </si>
   <si>
     <t>Cadet Christian and Dubus Roland</t>
   </si>
   <si>
-    <t>Fernandez Francisco and Garjah Ariane</t>
-[...2 lines deleted...]
-    <t>Hettiyakandage Gladvin and W. De Alwis Sudath Priyashantha</t>
+    <t>Fernandes Francisco and Garjah Ariane</t>
+  </si>
+  <si>
+    <t>Hettiyakandage Gladwin and W. De Alwis Sudath Priyashantha</t>
   </si>
   <si>
     <t>Kugathas Selvarasha and Thavarajasingam Nisanthan</t>
   </si>
   <si>
     <t>Labussiere Martin and Vignarajah Prashanna</t>
   </si>
   <si>
     <t>Lusardi Frédéric and Tworek Frédéric</t>
   </si>
   <si>
     <t>Pidial Steven and Pidial Yoann</t>
   </si>
   <si>
     <t>Rajadurai Alfred and M6qfvkda Smygm2ia</t>
   </si>
   <si>
     <t>Tjyfuh6q Mm4fsr7q and Fceg4kpa Apiff7vi</t>
   </si>
   <si>
-    <t>Toubert Olivier and Toubert Remy</t>
+    <t>Toubert Olivier and Toubert Rémy</t>
   </si>
   <si>
     <t>Wannuka Fernando Anjula and Warnakulasuriya Antoine</t>
   </si>
   <si>
     <t>Board</t>
   </si>
   <si>
     <t>Competitor 1</t>
   </si>
   <si>
     <t>Competitor 2</t>
   </si>
   <si>
     <t>Score 1</t>
   </si>
   <si>
     <t>Score 2</t>
   </si>
   <si>
     <t>Phantom</t>
   </si>
   <si>
     <t>Rank</t>
   </si>